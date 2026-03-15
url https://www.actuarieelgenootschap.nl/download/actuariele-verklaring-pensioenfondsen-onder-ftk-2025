--- v0 (2026-02-20)
+++ v1 (2026-03-15)
@@ -551,51 +551,51 @@
         </w:rPr>
         <w:t>Vastgesteld door:</w:t>
       </w:r>
       <w:r w:rsidR="00D0659A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D0659A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Algemene Ledenvergadering</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D49FF2" w14:textId="7C00FD4A" w:rsidR="00952429" w:rsidRDefault="00952429" w:rsidP="00D07023">
+    <w:p w14:paraId="52D49FF2" w14:textId="363E41F2" w:rsidR="00952429" w:rsidRDefault="00952429" w:rsidP="00D07023">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vastgesteld op:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -634,50 +634,60 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00D141DF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> november 202</w:t>
       </w:r>
       <w:r w:rsidR="00D47437">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
+      <w:r w:rsidR="0041587B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, versiedatum 24 februari 2026</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7F4CE995" w14:textId="77777777" w:rsidR="00CA0480" w:rsidRDefault="00CA0480">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="19574110" w14:textId="3E992CA3" w:rsidR="0023485D" w:rsidRPr="009F65E7" w:rsidRDefault="00403ED9" w:rsidP="00D07023">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -715,51 +725,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>de Wet toekomst pensioenen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BE970D4" w14:textId="36811980" w:rsidR="00952429" w:rsidRDefault="00952429" w:rsidP="00D07023">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11BC1134" w14:textId="53F8390C" w:rsidR="00403ED9" w:rsidRDefault="00403ED9" w:rsidP="00D07023">
+    <w:p w14:paraId="11BC1134" w14:textId="1176D3CC" w:rsidR="00403ED9" w:rsidRDefault="00403ED9" w:rsidP="00D07023">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Op 1 juli 2023 is de Wet toekomst pensioenen </w:t>
       </w:r>
       <w:r w:rsidR="00FB17FC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -808,407 +818,456 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">in werking getreden. Daardoor is ook het Financieel toetsingskader </w:t>
       </w:r>
       <w:r w:rsidR="00937A25">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(FTK) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">gewijzigd. De voor de </w:t>
+        <w:t xml:space="preserve">gewijzigd. </w:t>
+      </w:r>
+      <w:r w:rsidR="00296FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verder zijn </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">voor de </w:t>
       </w:r>
       <w:r w:rsidR="00117E0E">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">actuariële verklaring </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">relevante wijzigingen zijn de volgende </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B10516">
+        <w:t>relevant</w:t>
+      </w:r>
+      <w:r w:rsidR="00296FFA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>twee</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F6E615B" w14:textId="47A6F899" w:rsidR="00403ED9" w:rsidRDefault="00403ED9" w:rsidP="00D07023">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B9BD634" w14:textId="7E5189F9" w:rsidR="00403ED9" w:rsidRDefault="00403ED9" w:rsidP="00BA00F1">
+    <w:p w14:paraId="6B9BD634" w14:textId="16A7FBA6" w:rsidR="00403ED9" w:rsidRDefault="00296FFA" w:rsidP="00BA00F1">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Introductie van het transitie-FTK</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Toepassing </w:t>
+      </w:r>
+      <w:r w:rsidR="00403ED9">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>van het transitie-FTK</w:t>
+      </w:r>
+      <w:r w:rsidR="00403ED9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Pensioenfondsen die gebruik maken van het transitie-FTK mogen toeslagen toekennen vanaf een (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00403ED9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>beleids</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00403ED9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">)dekkingsgraad van 105% waarbij de eis van toekomstbestendigheid </w:t>
       </w:r>
       <w:r w:rsidR="00937A25">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>vervalt</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00403ED9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (artikel 137 PW). Ook hoeven deze pensioenfondsen geen herstelplan in te dienen (artikel 138/139 PW) en zijn ze vrijgesteld van de maatregel minimaal vereist eigen vermogen (artikel 140 PW). Wel moeten zij een overbruggingsplan indienen en gelden er andere regels voor het eventueel korten van de pensioenen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46882395" w14:textId="0D80DD00" w:rsidR="00937A25" w:rsidRPr="00B10516" w:rsidRDefault="00403ED9" w:rsidP="00B10516">
+    <w:p w14:paraId="46882395" w14:textId="64CEAC11" w:rsidR="00937A25" w:rsidRPr="00B10516" w:rsidRDefault="00296FFA" w:rsidP="00B10516">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B10516">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Verlenging van </w:t>
+        <w:t xml:space="preserve">Toepassing </w:t>
+      </w:r>
+      <w:r w:rsidR="00403ED9" w:rsidRPr="00B10516">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">van </w:t>
       </w:r>
       <w:r w:rsidR="00B10516" w:rsidRPr="00B10516">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">de </w:t>
       </w:r>
       <w:r w:rsidR="00B10516">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">versoepelde toeslagregels met </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B10516" w:rsidRPr="00B10516">
+        <w:t xml:space="preserve">versoepelde toeslagregels </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296FFA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>het Besluit toeslag in bijzondere omstandigheden</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B10516" w:rsidRPr="00B10516" w:rsidDel="00B10516">
+        <w:t>zoals vastgelegd in het tijdelijke artikel 15c van het Besluit Financieel Toetsingskader (Toeslag vanwege dynamiseren indiening implementatieplan)</w:t>
+      </w:r>
+      <w:r w:rsidR="0041587B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B10516">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00403ED9" w:rsidRPr="00B10516">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2023</w:t>
-[...9 lines deleted...]
-        <w:br/>
         <w:t xml:space="preserve">Pensioenfondsen mogen </w:t>
       </w:r>
       <w:r w:rsidR="00937A25" w:rsidRPr="00B10516">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>toeslagen toekennen vanaf een (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00937A25" w:rsidRPr="00B10516">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>beleids</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00937A25" w:rsidRPr="00B10516">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)dekkingsgraad van 105% waarbij de eis van toekomstbestendigheid vervalt (artikel 137 PW). Wel dienen de pensioenfondsen in dat geval aan bepaalde voorwaarden te voldoen, waaronder het inzichtelijk maken van generatie-effecten en transparante communicatie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FF5E0FA" w14:textId="51CDB5B1" w:rsidR="00937A25" w:rsidRDefault="00937A25" w:rsidP="00937A25">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0286340E" w14:textId="41B5D2B3" w:rsidR="00FB17FC" w:rsidRPr="009F65E7" w:rsidRDefault="00B10516" w:rsidP="00937A25">
+    <w:p w14:paraId="0286340E" w14:textId="685B8C1F" w:rsidR="00FB17FC" w:rsidRPr="009F65E7" w:rsidRDefault="00B10516" w:rsidP="00937A25">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Beide </w:t>
       </w:r>
+      <w:r w:rsidR="0041587B">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onderdelen </w:t>
+      </w:r>
       <w:r w:rsidR="00937A25">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>wijzigingen hebben invloed op de artikelen waaro</w:t>
+        <w:t>hebben invloed op de artikelen waaro</w:t>
       </w:r>
       <w:r w:rsidR="00FB17FC">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ver</w:t>
       </w:r>
       <w:r w:rsidR="00937A25">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de certificerend actuaris </w:t>
       </w:r>
       <w:r w:rsidR="00B535B4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">een verklaring </w:t>
       </w:r>
       <w:r w:rsidR="00633C6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>afgeeft</w:t>
       </w:r>
       <w:r w:rsidR="00937A25">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Om die reden is een aanpassing nodig in de actuariële verklaring. </w:t>
+        <w:t xml:space="preserve">. Om die reden </w:t>
+      </w:r>
+      <w:r w:rsidR="00296FFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zijn deze onderdelen meegenomen </w:t>
+      </w:r>
+      <w:r w:rsidR="00937A25">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in de actuariële verklaring. </w:t>
       </w:r>
       <w:r w:rsidR="00937A25" w:rsidRPr="009F65E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bijv</w:t>
       </w:r>
       <w:r w:rsidR="00D141DF">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>oorbeeld</w:t>
       </w:r>
       <w:r w:rsidR="00937A25" w:rsidRPr="009F65E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
@@ -1224,51 +1283,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">voor </w:t>
       </w:r>
       <w:r w:rsidR="00937A25" w:rsidRPr="009F65E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">een pensioenfonds dat gebruik maakt van de </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">versoepelde toeslagregels in het Besluit toeslag in bijzondere omstandigheden 2023 </w:t>
+        <w:t xml:space="preserve">versoepelde toeslagregels </w:t>
       </w:r>
       <w:r w:rsidR="00937A25" w:rsidRPr="009F65E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">voldoet </w:t>
       </w:r>
       <w:r w:rsidR="00E87D57" w:rsidRPr="009F65E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">de inhoud van </w:t>
       </w:r>
       <w:r w:rsidR="00937A25" w:rsidRPr="009F65E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
@@ -1287,51 +1346,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> niet meer</w:t>
       </w:r>
       <w:r w:rsidR="00937A25" w:rsidRPr="009F65E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. In dat artikel staat immers de eis van toekomstbestendigheid.</w:t>
       </w:r>
       <w:r w:rsidR="00FB17FC" w:rsidRPr="009F65E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A236CB5" w14:textId="5EDFC953" w:rsidR="00FB17FC" w:rsidRDefault="00FB17FC" w:rsidP="00937A25">
+    <w:p w14:paraId="1A236CB5" w14:textId="77777777" w:rsidR="00FB17FC" w:rsidRDefault="00FB17FC" w:rsidP="00937A25">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F65E7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">De certificerend actuaris dient wel </w:t>
       </w:r>
       <w:r w:rsidR="00633C6B">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -1441,386 +1500,136 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">FTK-artikelen </w:t>
       </w:r>
       <w:r w:rsidR="00302B51">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>wel of niet van toepassing zijn / waren</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC031B3" w14:textId="3FF6B936" w:rsidR="00937A25" w:rsidRDefault="00937A25" w:rsidP="00937A25">
+    <w:p w14:paraId="18F52F44" w14:textId="06629889" w:rsidR="00296FFA" w:rsidRDefault="00296FFA" w:rsidP="00937A25">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BC031B3" w14:textId="5F1E241B" w:rsidR="00937A25" w:rsidRDefault="00296FFA" w:rsidP="00937A25">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">De actuariële verklaring </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D141DF">
+        <w:t xml:space="preserve">Verder </w:t>
+      </w:r>
+      <w:r w:rsidR="00302B51">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>is aangepast</w:t>
+        <w:t xml:space="preserve">is de taxonomie van de verslagstaten </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">ongewijzigd </w:t>
+      </w:r>
+      <w:r w:rsidR="00302B51">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ge</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>bleven ten opzichte van 2024</w:t>
       </w:r>
       <w:r w:rsidR="00891E0C">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>zodat</w:t>
-[...283 lines deleted...]
-        <w:t xml:space="preserve"> 28.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45515000" w14:textId="5B857BCD" w:rsidR="00937A25" w:rsidRPr="009F65E7" w:rsidRDefault="00FB17FC" w:rsidP="00937A25">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FED1ED9" w14:textId="21CFC600" w:rsidR="000C19E2" w:rsidRPr="00387CDD" w:rsidRDefault="007C6EE6" w:rsidP="00AA4545">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
@@ -4551,314 +4360,314 @@
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Toelichting behorende bij de Actuariële Verklaring </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06588C13" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRDefault="00BD4E73" w:rsidP="00D07023">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3097"/>
-        <w:gridCol w:w="5963"/>
+        <w:gridCol w:w="6254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="4CDDFA03" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="4CDDFA03" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E025952" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="00BD4E73" w:rsidP="002F409A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;invullen&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B295CE8" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00D0659A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ermeld de volledige juridische naam van het beoordeelde pensioenfonds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="54E14AC2" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="54E14AC2" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7ACD14BC" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="00BD4E73" w:rsidP="002F409A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;invullen&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28A173B9" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00D0659A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ermeld de officiële vestigingsplaats van het beoordeelde pensioenfonds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0021184B" w:rsidRPr="007C6EE6" w14:paraId="34017479" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="0021184B" w:rsidRPr="007C6EE6" w14:paraId="34017479" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="61FDEA69" w14:textId="77777777" w:rsidR="0021184B" w:rsidRPr="002F409A" w:rsidRDefault="0021184B" w:rsidP="004D4F6A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6516BA99" w14:textId="77777777" w:rsidR="0021184B" w:rsidRPr="002F409A" w:rsidRDefault="0021184B" w:rsidP="004D4F6A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Vermeld in geval van een algemeen pensioenfonds de naam van de collectiviteitkring: ‘voor collectiviteitkring &lt;X&gt;’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="52B173E8" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="52B173E8" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36DE0738" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="0021184B" w:rsidP="002F409A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -4866,92 +4675,92 @@
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;invullen&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EC7D132" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00D0659A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ermeld de volledige juridische naam van het kantoor van de certificerend actuaris</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="5C41E571" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="5C41E571" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CB87826" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="0021184B" w:rsidP="002F409A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -4959,102 +4768,102 @@
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BE64716" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00D0659A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ervang de verwijzing naar de Pensioenwet door de</w:t>
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="008E4A96">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> ‘Wet verplichte beroepspensioenregeling’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="2DDCB8F1" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00BD4E73" w:rsidRPr="007C6EE6" w14:paraId="2DDCB8F1" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="670C00B5" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="00E02C41" w:rsidP="002F409A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -5062,143 +4871,143 @@
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;invullen&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="528405BB" w14:textId="77777777" w:rsidR="00BD4E73" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00D0659A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00BD4E73" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ermeld het boekjaar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC4662" w:rsidRPr="007C6EE6" w14:paraId="08478593" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00BC4662" w:rsidRPr="007C6EE6" w14:paraId="08478593" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07AFBF82" w14:textId="77777777" w:rsidR="00BC4662" w:rsidRPr="002F409A" w:rsidRDefault="00E02C41" w:rsidP="00BC4662">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00BC4662" w:rsidRPr="005B5DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00BC4662" w:rsidRPr="004E41D1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> &lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C529C6A" w14:textId="6CD17297" w:rsidR="00BC4662" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00555569">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK3"/>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -5266,100 +5075,100 @@
               <w:t xml:space="preserve"> van de Wet verplichte</w:t>
             </w:r>
             <w:r w:rsidR="00F34657">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> beroepspensioenregeling</w:t>
             </w:r>
             <w:r w:rsidR="00BC4662" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C2CB6" w:rsidRPr="007C6EE6" w14:paraId="6AFB664E" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="008C2CB6" w:rsidRPr="007C6EE6" w14:paraId="6AFB664E" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ADBFDA4" w14:textId="77777777" w:rsidR="008C2CB6" w:rsidRDefault="008C2CB6" w:rsidP="00257B00">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
             <w:r w:rsidR="00257B00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00257B00" w:rsidRPr="00257B00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;indien van toepassing&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="249E60FC" w14:textId="4E94289E" w:rsidR="008C2CB6" w:rsidRPr="008C2CB6" w:rsidRDefault="00E414CF" w:rsidP="00975FD5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidR="008C2CB6">
@@ -5383,102 +5192,102 @@
               <w:t>uit hoofde van de actuariële functie</w:t>
             </w:r>
             <w:r w:rsidR="00975FD5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
             <w:r w:rsidR="000B541B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC4662" w:rsidRPr="007C6EE6" w14:paraId="601DDEF4" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00BC4662" w:rsidRPr="007C6EE6" w14:paraId="601DDEF4" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4990B878" w14:textId="487D89EF" w:rsidR="00BC4662" w:rsidRPr="002F409A" w:rsidRDefault="008C2CB6" w:rsidP="008C2CB6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00BC4662" w:rsidRPr="005B5DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00BC4662" w:rsidRPr="004E41D1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> &lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5001B06E" w14:textId="77777777" w:rsidR="00BC4662" w:rsidRPr="004E41D1" w:rsidRDefault="00BC4662" w:rsidP="00BC4662">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E41D1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Maak een keuze: </w:t>
             </w:r>
           </w:p>
@@ -5634,51 +5443,51 @@
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00BC4662">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt; wel andere werkzaamheden verrichten voor het pensioenfonds.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC4662" w:rsidRPr="007C6EE6" w14:paraId="02EE5925" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00BC4662" w:rsidRPr="007C6EE6" w14:paraId="02EE5925" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74FF15F2" w14:textId="132164CD" w:rsidR="00BC4662" w:rsidRPr="002F409A" w:rsidRDefault="008C2CB6" w:rsidP="008C2CB6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -5708,51 +5517,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>invullen</w:t>
             </w:r>
             <w:r w:rsidR="00BC4662" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78F9E6E9" w14:textId="77777777" w:rsidR="00BC4662" w:rsidRPr="00BC4662" w:rsidRDefault="00BC4662" w:rsidP="00BC4662">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC4662">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Maak een keuze:</w:t>
             </w:r>
           </w:p>
@@ -5900,51 +5709,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;jaar&gt;</w:t>
             </w:r>
             <w:r w:rsidR="00851934" w:rsidRPr="00851934">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811BE8" w:rsidRPr="002F409A" w14:paraId="57A027DA" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00811BE8" w:rsidRPr="002F409A" w14:paraId="57A027DA" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CDE872F" w14:textId="0324D130" w:rsidR="00811BE8" w:rsidRDefault="008C2CB6" w:rsidP="008C2CB6">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
@@ -5972,51 +5781,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>invullen</w:t>
             </w:r>
             <w:r w:rsidR="00811BE8" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4FF4C608" w14:textId="77777777" w:rsidR="00811BE8" w:rsidRPr="004E41D1" w:rsidRDefault="00811BE8" w:rsidP="00811BE8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E41D1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Maak een keuze:</w:t>
             </w:r>
           </w:p>
@@ -6155,92 +5964,92 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>de materialiteit</w:t>
             </w:r>
             <w:r w:rsidR="00811BE8" w:rsidRPr="004E41D1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00257B00" w:rsidRPr="002F409A" w14:paraId="35AD0885" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00257B00" w:rsidRPr="002F409A" w14:paraId="35AD0885" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3625C71D" w14:textId="5145D18D" w:rsidR="00257B00" w:rsidRPr="00257B00" w:rsidRDefault="00257B00" w:rsidP="00E02C41">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="560FC2B2" w14:textId="77777777" w:rsidR="00257B00" w:rsidRPr="008D2F25" w:rsidRDefault="00257B00" w:rsidP="008D2F25">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811BE8" w:rsidRPr="002F409A" w14:paraId="3810827B" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00811BE8" w:rsidRPr="002F409A" w14:paraId="3810827B" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D564DC2" w14:textId="3FB9CCA7" w:rsidR="00811BE8" w:rsidRPr="00811BE8" w:rsidRDefault="00E02C41" w:rsidP="008D2F25">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1</w:t>
@@ -6275,51 +6084,51 @@
             </w:r>
             <w:r w:rsidR="00811BE8">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>optioneel</w:t>
             </w:r>
             <w:r w:rsidR="00811BE8" w:rsidRPr="00702DDD">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22F1F9FF" w14:textId="55ED0AF8" w:rsidR="00811BE8" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00555569">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>V</w:t>
@@ -6365,51 +6174,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘artikel 1</w:t>
             </w:r>
             <w:r w:rsidR="00811BE8">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>42</w:t>
             </w:r>
             <w:r w:rsidR="00811BE8" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> van de Wet verplichte beroepspensioenregeling’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00811BE8" w:rsidRPr="002F409A" w14:paraId="0E689EF3" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00811BE8" w:rsidRPr="002F409A" w14:paraId="0E689EF3" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C6A702A" w14:textId="01CA9FF1" w:rsidR="00811BE8" w:rsidRPr="002F409A" w:rsidRDefault="00E02C41" w:rsidP="008D2F25">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -6426,101 +6235,101 @@
             </w:r>
             <w:r w:rsidR="00811BE8" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00811BE8" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A5DE009" w14:textId="77777777" w:rsidR="00811BE8" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00D0659A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00811BE8" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">ervang de verwijzing naar artikelen van de Pensioenwet door </w:t>
             </w:r>
             <w:r w:rsidR="00811BE8" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘artikel 121 tot en met 135 van de Wet verplichte beroepspensioenregeling’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F2223B" w:rsidRPr="002F409A" w14:paraId="3A69C9C3" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00F2223B" w:rsidRPr="002F409A" w14:paraId="3A69C9C3" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11401C0C" w14:textId="772C27F4" w:rsidR="00F2223B" w:rsidRPr="004A6E4B" w:rsidRDefault="00F2223B" w:rsidP="008D2F25">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -6589,51 +6398,51 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>tekstvak</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> &lt;14&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A6F49AA" w14:textId="3F6F7E01" w:rsidR="00F2223B" w:rsidRPr="004A6E4B" w:rsidRDefault="00F2223B" w:rsidP="00D0659A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘</w:t>
@@ -6655,51 +6464,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">p grond van overgangsrecht </w:t>
             </w:r>
             <w:r w:rsidR="00850157" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">gelden </w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>genoemde artikelen, zoals deze tot de inwerkingtreding van de Wet toekomst pensioenen luidden.’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="5E394613" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="5E394613" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20778FCC" w14:textId="22F3FA6F" w:rsidR="00B10516" w:rsidRPr="004A6E4B" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -6819,83 +6628,101 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>tekstvak</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> &lt;14&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="322855CD" w14:textId="188067C2" w:rsidR="00B10516" w:rsidRPr="004A6E4B" w:rsidRDefault="00B10516" w:rsidP="00B10516">
+          <w:p w14:paraId="322855CD" w14:textId="771B43CE" w:rsidR="00B10516" w:rsidRPr="004A6E4B" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">‘Aangezien het pensioenfonds gebruik maakt van </w:t>
+              <w:t>‘</w:t>
+            </w:r>
+            <w:r w:rsidR="00296FFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&lt;</w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
-                <w:iCs/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">&lt;het transitie-FTK zoals bedoeld in artikel 150p van de Pensioenwet </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aangezien het pensioenfonds gebruik maakt van </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">het transitie-FTK zoals bedoeld in artikel 150p van de Pensioenwet </w:t>
             </w:r>
             <w:r w:rsidR="00891E0C" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;*&gt;</w:t>
             </w:r>
             <w:r w:rsidR="00EB569B" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B20C2F" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
@@ -6911,81 +6738,118 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00B20C2F" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">/ de </w:t>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:r w:rsidR="0041587B" w:rsidRPr="004A6E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aangezien het pensioenfonds gebruik </w:t>
+            </w:r>
+            <w:r w:rsidR="0041587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">heeft gemaakt </w:t>
+            </w:r>
+            <w:r w:rsidR="0041587B" w:rsidRPr="004A6E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">van </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
             </w:r>
             <w:r w:rsidR="00891E0C" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">versoepelde toeslagregels </w:t>
             </w:r>
-            <w:r w:rsidRPr="004A6E4B">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> opgenomen in het Besluit toeslag in bijzondere omstandigheden 2023</w:t>
+            <w:r w:rsidR="0041587B" w:rsidRPr="0041587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">zoals vastgelegd in het tijdelijke artikel 15c van het Besluit Financieel Toetsingskader (Toeslag vanwege dynamiseren indiening implementatieplan) </w:t>
             </w:r>
             <w:r w:rsidR="00B20C2F" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> is artikel 137 van de Pensioenwet &lt;**&gt; niet volledig van toepassing</w:t>
+              <w:t>is artikel 137 van de Pensioenwet &lt;**&gt; niet volledig van toepassing</w:t>
             </w:r>
             <w:r w:rsidR="00677876" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidR="00F2223B" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
@@ -7051,51 +6915,51 @@
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>**: Vervang de verwijzing naar artikel 137 van de Pensioenwet door artikel 132 van de Wet verplichte beroepspensioenregeling</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="1FA998DC" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="1FA998DC" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EA69669" w14:textId="49C4B132" w:rsidR="00B10516" w:rsidRPr="002F409A" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -7165,51 +7029,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37E51495" w14:textId="77777777" w:rsidR="00B10516" w:rsidRPr="002F409A" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -7286,122 +7150,122 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">de </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>basisgegevens deels door de certificerend actuaris is uitgevoerd.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="2B969C8E" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="2B969C8E" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="485A0125" w14:textId="26A28E7B" w:rsidR="00B10516" w:rsidRPr="00921EDD" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">15. </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FEABE62" w14:textId="77777777" w:rsidR="00B10516" w:rsidRPr="002F409A" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Vervang ‘het pensioenfonds’ door ‘de collectiviteitkring &lt;X&gt;’ in het geval van een algemeen pensioenfonds</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="10891A87" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="10891A87" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C00BD17" w14:textId="6130342F" w:rsidR="00B10516" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
@@ -7444,51 +7308,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">basisgegevens </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>niet akkoord&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="177C244B" w14:textId="77177BD2" w:rsidR="00B10516" w:rsidRPr="002F409A" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">’Stellige uitspraken over de voorzieningen en over de financiële positie van het pensioenfonds </w:t>
             </w:r>
             <w:r>
@@ -7534,51 +7398,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">de </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>certificerend actuaris te formuleren tekst) welke komt in de plaats van de gehele of delen van de alinea onder het kopje “Oordeel”.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="04C50639" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00B10516" w:rsidRPr="002F409A" w14:paraId="04C50639" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76CB793E" w14:textId="5AF620E5" w:rsidR="00B10516" w:rsidRPr="002F409A" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -7586,97 +7450,97 @@
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76F7354F" w14:textId="2F58E9E7" w:rsidR="00B10516" w:rsidRPr="008D2F25" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">‘Ik heb geconstateerd dat de verplichtingen van het pensioenfonds </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;15&gt; </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>volledig zijn herverzekerd door middel van een garantiecontract en dit betrokken in mijn oordeel.’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B10516" w:rsidRPr="007C6EE6" w14:paraId="5404A526" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00B10516" w:rsidRPr="007C6EE6" w14:paraId="5404A526" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="158C6930" w14:textId="2CBB491C" w:rsidR="00B10516" w:rsidRPr="002F409A" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -7728,51 +7592,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>e tekst</w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46AC1DEB" w14:textId="3BD72D66" w:rsidR="00B10516" w:rsidRPr="002F409A" w:rsidRDefault="00B10516" w:rsidP="00B10516">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>T</w:t>
@@ -7795,257 +7659,257 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>door certificerend actuaris te formuleren tekst).</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E4CAB7B" w14:textId="77777777" w:rsidR="0046239D" w:rsidRDefault="0046239D">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3097"/>
-        <w:gridCol w:w="5963"/>
+        <w:gridCol w:w="6254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00555569" w:rsidRPr="007C6EE6" w14:paraId="7CE3D38F" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00555569" w:rsidRPr="007C6EE6" w14:paraId="7CE3D38F" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3450BCD2" w14:textId="53D144E3" w:rsidR="00555569" w:rsidRDefault="00555569" w:rsidP="00862F9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">19 </w:t>
             </w:r>
             <w:r w:rsidRPr="005C3A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt; leeg tekstvlak voor pensioenfondsen in liquidatie&gt;</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="186885DB" w14:textId="794F46C8" w:rsidR="00555569" w:rsidRPr="00555569" w:rsidRDefault="00555569" w:rsidP="0046239D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00555569">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hier kan specifieke tekst over de technische voorzieningen worden opgenomen voor een pensioenfonds in liquidatie</w:t>
             </w:r>
             <w:r w:rsidR="0046239D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>. Bijvoorbeeld: ‘</w:t>
             </w:r>
             <w:r w:rsidR="0046239D" w:rsidRPr="0046239D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>per de balansdatum voorafgaand aan het moment van waardeoverdracht’ of ‘direct voor het moment van waardeoverdracht’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0022052B" w:rsidRPr="007C6EE6" w14:paraId="16C62C43" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="0022052B" w:rsidRPr="007C6EE6" w14:paraId="16C62C43" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51408868" w14:textId="49CEB746" w:rsidR="0022052B" w:rsidRPr="002F409A" w:rsidRDefault="0003190C" w:rsidP="00862F9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="0022052B" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="0022052B" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33BDE34F" w14:textId="7E9692A5" w:rsidR="0022052B" w:rsidRPr="002F409A" w:rsidRDefault="0022052B" w:rsidP="001158A8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘</w:t>
             </w:r>
             <w:r w:rsidR="001158A8">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>geen</w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0022052B" w:rsidRPr="007C6EE6" w14:paraId="32200E32" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="0022052B" w:rsidRPr="007C6EE6" w14:paraId="32200E32" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B9CC2A8" w14:textId="1A59C1B6" w:rsidR="0022052B" w:rsidRPr="002F409A" w:rsidRDefault="00817FF1" w:rsidP="00862F9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -8053,51 +7917,51 @@
             </w:r>
             <w:r w:rsidR="0022052B" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="0022052B" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;invullen&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57E48956" w14:textId="77777777" w:rsidR="0022052B" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00811BE8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="0022052B" w:rsidRPr="002F409A">
@@ -8378,99 +8242,99 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00C13A03">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">&gt; </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>is op de balansdatum lager dan het wettelijk minimaal vereist eigen vermogen.’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000206F8" w:rsidRPr="007C6EE6" w14:paraId="673C4B76" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="000206F8" w:rsidRPr="007C6EE6" w14:paraId="673C4B76" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12CD63AB" w14:textId="00692F53" w:rsidR="000206F8" w:rsidRPr="002F409A" w:rsidDel="00E02C41" w:rsidRDefault="000206F8" w:rsidP="00862F9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00817FF1">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>. &lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C753FE1" w14:textId="77777777" w:rsidR="000206F8" w:rsidRPr="00D0659A" w:rsidRDefault="000206F8" w:rsidP="000206F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D0659A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Maak een keuze uit één van de volgende situaties:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="692093BF" w14:textId="19CE96C5" w:rsidR="000206F8" w:rsidRDefault="000206F8" w:rsidP="000206F8">
             <w:pPr>
               <w:numPr>
@@ -8809,51 +8673,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">heeft het besluit genomen om de pensioenaanspraken en –rechten &lt;3&gt; per &lt;datum&gt; met ..% onvoorwaardelijk te korten. Deze korting is bij de vaststelling van de technische voorzieningen </w:t>
             </w:r>
             <w:r w:rsidR="00A95357">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">&lt;niet&gt; </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>in aanmerking genomen.’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000206F8" w:rsidRPr="007C6EE6" w14:paraId="702129B6" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="000206F8" w:rsidRPr="007C6EE6" w14:paraId="702129B6" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F27E0BC" w14:textId="5E492C36" w:rsidR="000206F8" w:rsidRPr="002F409A" w:rsidRDefault="000206F8" w:rsidP="00862F9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -8872,51 +8736,51 @@
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="000206F8">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;optioneel&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="07E5513C" w14:textId="77777777" w:rsidR="000206F8" w:rsidRPr="00D0659A" w:rsidRDefault="000206F8" w:rsidP="004D4F6A">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D0659A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
@@ -8978,51 +8842,51 @@
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000206F8">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Vermeld vervolgens de wetsartikelen waaraan niet is voldaan. Geef daarbij een korte toelichting.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850157" w:rsidRPr="007C6EE6" w14:paraId="70D558C5" w14:textId="77777777" w:rsidTr="00850157">
+      <w:tr w:rsidR="00850157" w:rsidRPr="007C6EE6" w14:paraId="70D558C5" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C1A7335" w14:textId="2C944FA6" w:rsidR="00850157" w:rsidRPr="004A6E4B" w:rsidRDefault="00850157" w:rsidP="000B04E1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -9097,87 +8961,87 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>tekstvak</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> &lt;23&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4136DD52" w14:textId="236EFEC6" w:rsidR="00850157" w:rsidRPr="004A6E4B" w:rsidRDefault="00850157" w:rsidP="000B04E1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘Hierbij merk ik op dat op grond van overgangsrecht de artikelen 126 tot en met 140 van de Pensioenwet &lt;13&gt; gelden, zoals deze tot de inwerkingtreding van de Wet toekomst pensioenen luidden.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0022052B" w:rsidRPr="007C6EE6" w14:paraId="4A7F677A" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="0022052B" w:rsidRPr="007C6EE6" w14:paraId="4A7F677A" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="434A0E53" w14:textId="38320224" w:rsidR="0022052B" w:rsidRPr="002F409A" w:rsidRDefault="00E02C41" w:rsidP="00862F9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
@@ -9214,51 +9078,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>invullen indien van toepassing</w:t>
             </w:r>
             <w:r w:rsidR="0022052B" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B144C83" w14:textId="77777777" w:rsidR="0022052B" w:rsidRDefault="0022052B" w:rsidP="00EB5CE1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C31B4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Maak een keuze uit één van de volgende situaties</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
@@ -9477,95 +9341,95 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>wa</w:t>
             </w:r>
             <w:r w:rsidR="001158A8" w:rsidRPr="001158A8">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>s.</w:t>
             </w:r>
             <w:r w:rsidR="001158A8">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71FB2320" w14:textId="02C692B5" w:rsidR="0022052B" w:rsidRPr="002F409A" w:rsidRDefault="0022052B" w:rsidP="00A11DB7">
+          <w:p w14:paraId="71FB2320" w14:textId="7E6E3EFB" w:rsidR="0022052B" w:rsidRPr="002F409A" w:rsidRDefault="0022052B" w:rsidP="00A11DB7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D100AB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>lager dan de dekkingsgraad bij het minimaal vereist eigen vermogen</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. Deze situatie bestaat </w:t>
             </w:r>
             <w:r w:rsidR="00256F70">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">voor </w:t>
             </w:r>
             <w:r w:rsidR="00D100AB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>&lt;aantal &gt; achter</w:t>
+              <w:t>&lt;aantal&gt; achter</w:t>
             </w:r>
             <w:r w:rsidR="00256F70">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>een</w:t>
             </w:r>
             <w:r w:rsidR="00D100AB">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>volgende</w:t>
             </w:r>
             <w:r w:rsidR="00256F70">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -9642,95 +9506,103 @@
               <w:t>/meetmomenten</w:t>
             </w:r>
             <w:r w:rsidR="004B6F95">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidR="00175C4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> óf</w:t>
             </w:r>
             <w:r w:rsidR="002043A2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> vanaf het eerste meetmoment </w:t>
+            </w:r>
+            <w:r w:rsidR="0041587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
             <w:r w:rsidR="00A11DB7">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt; datum</w:t>
             </w:r>
             <w:r w:rsidR="002043A2">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009A0E0E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
             <w:r w:rsidR="00256F70">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031EAC" w:rsidRPr="007C6EE6" w14:paraId="351EE451" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00031EAC" w:rsidRPr="007C6EE6" w14:paraId="351EE451" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C81ABBE" w14:textId="7162406E" w:rsidR="00031EAC" w:rsidRPr="00BE4AD4" w:rsidRDefault="00031EAC" w:rsidP="00F55E8D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE4AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
@@ -9782,51 +9654,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> tekst </w:t>
             </w:r>
             <w:r w:rsidR="00BE4AD4" w:rsidRPr="005C3A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>indien onvoorwaardelijk korting binnen afzienbare tijd plaatsvindt</w:t>
             </w:r>
             <w:r w:rsidR="005C3A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15A6A544" w14:textId="26AA5C8A" w:rsidR="00031EAC" w:rsidRPr="00C31B4B" w:rsidRDefault="00BE4AD4" w:rsidP="00F55E8D">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C3A7B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Hier kan specifieke tekst worden opgenomen</w:t>
             </w:r>
             <w:r w:rsidR="00F55E8D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:i/>
@@ -9984,51 +9856,51 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>moeten worden</w:t>
             </w:r>
             <w:r w:rsidR="00F55E8D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> uitgevoerd</w:t>
             </w:r>
             <w:r w:rsidRPr="00935631">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.‘</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00256F70" w:rsidRPr="007C6EE6" w14:paraId="669F78E8" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00256F70" w:rsidRPr="007C6EE6" w14:paraId="669F78E8" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14B1A00B" w14:textId="3A9C31DC" w:rsidR="00256F70" w:rsidRPr="002F409A" w:rsidRDefault="00E02C41" w:rsidP="00862F9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
@@ -10043,51 +9915,51 @@
             </w:r>
             <w:r w:rsidR="00256F70" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00256F70" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&lt;oordeel vermelden&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D558EF9" w14:textId="77777777" w:rsidR="00256F70" w:rsidRPr="002F409A" w:rsidRDefault="00256F70" w:rsidP="00811BE8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -10447,51 +10319,51 @@
               </w:rPr>
               <w:t xml:space="preserve">bij een hoog vrij vermogen: </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘goed.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00256F70" w:rsidRPr="007C6EE6" w14:paraId="1B78B4A8" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00256F70" w:rsidRPr="007C6EE6" w14:paraId="1B78B4A8" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EEE5AEA" w14:textId="2AC15ABB" w:rsidR="00256F70" w:rsidRPr="002F409A" w:rsidRDefault="00E02C41" w:rsidP="00862F9F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
@@ -10535,51 +10407,51 @@
             </w:r>
             <w:r w:rsidR="00935631">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00256F70" w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>) gelijk is aan ‘voldoende’ of ‘goed’.&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6922756F" w14:textId="77777777" w:rsidR="00256F70" w:rsidRPr="002F409A" w:rsidRDefault="00256F70" w:rsidP="00811BE8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>‘Daarbij is in aanmerking genomen dat …’</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A000687" w14:textId="77777777" w:rsidR="00256F70" w:rsidRPr="002F409A" w:rsidRDefault="00256F70" w:rsidP="00811BE8">
             <w:pPr>
@@ -10808,75 +10680,74 @@
             </w:pPr>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Er is wel sprake van een toeslagambitie met een expliciete maatstaf, en de verwachte realisatie past bij die ambitie. </w:t>
             </w:r>
             <w:r w:rsidRPr="002F409A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’de mogelijkheden tot het realiseren van de beoogde toeslagen toereikend zijn.’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00633971" w:rsidRPr="007C6EE6" w14:paraId="1311B25F" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00633971" w:rsidRPr="007C6EE6" w14:paraId="1311B25F" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23AE69A8" w14:textId="7FA9A74F" w:rsidR="00633971" w:rsidRPr="004A6E4B" w:rsidRDefault="00633971" w:rsidP="00633971">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00935631" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> &lt;leeg tekstvlak voor pensioenfondsen in liquidatie, dan wel ingeval van een beschikbare premieregeling</w:t>
             </w:r>
             <w:r w:rsidR="00FB17FC" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
@@ -10897,51 +10768,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A9823A3" w14:textId="752C6B40" w:rsidR="00F2223B" w:rsidRPr="004A6E4B" w:rsidRDefault="00F2223B" w:rsidP="00633971">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AC7EEFB" w14:textId="4F7D8480" w:rsidR="007C2316" w:rsidRPr="004A6E4B" w:rsidRDefault="00633971" w:rsidP="007C2316">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
@@ -11100,51 +10971,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>voor het gebruik van het transitie-FTK.’</w:t>
             </w:r>
             <w:r w:rsidR="00DB2A4F" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00891E0C" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>*: Vervang de verwijzing naar artikel 150p van de Pensioenwet door artikel 145o van de Wet verplichte beroepspensioenregeling</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="199C0FAA" w14:textId="25BCEC51" w:rsidR="00F2223B" w:rsidRPr="004A6E4B" w:rsidRDefault="00F2223B" w:rsidP="007C2316">
+          <w:p w14:paraId="199C0FAA" w14:textId="51B59A8F" w:rsidR="00F2223B" w:rsidRPr="004A6E4B" w:rsidRDefault="00F2223B" w:rsidP="007C2316">
             <w:pPr>
               <w:pStyle w:val="Lijstalinea"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -11159,71 +11030,101 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>versoepelde toeslagregels</w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>: ‘</w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hierbij is in aanmerking genomen dat het pensioenfonds gebruik maakt van de </w:t>
+              <w:t xml:space="preserve">Hierbij is in aanmerking genomen dat het pensioenfonds gebruik </w:t>
+            </w:r>
+            <w:r w:rsidR="0041587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">heeft gemaakt </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A6E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">van de </w:t>
             </w:r>
             <w:r w:rsidR="00891E0C" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>versoepelde toeslagregels</w:t>
             </w:r>
             <w:r w:rsidR="00850157" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> opgenomen in het Besluit toeslag in bijzondere omstandigheden 2023</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0041587B" w:rsidRPr="0041587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>zoals vastgelegd in het tijdelijke artikel 15c van het Besluit Financieel Toetsingskader (Toeslag vanwege dynamiseren indiening implementatieplan)</w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">, waardoor </w:t>
             </w:r>
             <w:r w:rsidR="00850157" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">artikel 137, tweede lid, onderdelen a en b van de Pensioenwet </w:t>
             </w:r>
             <w:r w:rsidR="00891E0C" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
@@ -11251,69 +11152,69 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>niet</w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> van toepassing zijn. </w:t>
             </w:r>
             <w:r w:rsidR="00891E0C" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Het pensioenfonds heeft onderbouwd te hebben voldaan aan de in dat </w:t>
             </w:r>
-            <w:r w:rsidR="00627858" w:rsidRPr="004A6E4B">
-[...7 lines deleted...]
-              <w:t>besluit</w:t>
+            <w:r w:rsidR="0041587B">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">artikel </w:t>
             </w:r>
             <w:r w:rsidR="00891E0C" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> gestelde voorwaarden </w:t>
+              <w:t xml:space="preserve">gestelde voorwaarden </w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">voor het gebruik van </w:t>
             </w:r>
             <w:r w:rsidR="00850157" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>de</w:t>
             </w:r>
             <w:r w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
@@ -11344,99 +11245,99 @@
               <w:t>.’</w:t>
             </w:r>
             <w:r w:rsidR="00850157" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00891E0C" w:rsidRPr="004A6E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>**: Vervang de verwijzing naar artikel 137 van de Pensioenwet door artikel 132 van de Wet verplichte beroepspensioenregeling</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A95357" w:rsidRPr="007C6EE6" w14:paraId="0B0EB99D" w14:textId="77777777" w:rsidTr="0092600E">
+      <w:tr w:rsidR="00A95357" w:rsidRPr="007C6EE6" w14:paraId="0B0EB99D" w14:textId="77777777" w:rsidTr="0041587B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00B7573E" w14:textId="5AF4EABF" w:rsidR="00A95357" w:rsidRDefault="00A95357" w:rsidP="00633971">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00935631">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00D0659A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:tcW w:w="6254" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="149AA092" w14:textId="00DE7DED" w:rsidR="00A95357" w:rsidRPr="002F409A" w:rsidRDefault="00D0659A" w:rsidP="00EF5348">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidR="00A95357" w:rsidRPr="002F409A">
@@ -11515,65 +11416,65 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="53F92643" w14:textId="41401676" w:rsidR="00863D5C" w:rsidRDefault="00863D5C" w:rsidP="00863D5C"/>
     <w:sectPr w:rsidR="00863D5C" w:rsidSect="00A736D0">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="851" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="400C3737" w14:textId="77777777" w:rsidR="004B2190" w:rsidRDefault="004B2190" w:rsidP="00114F82">
+    <w:p w14:paraId="45E59E6F" w14:textId="77777777" w:rsidR="00726A3E" w:rsidRDefault="00726A3E" w:rsidP="00114F82">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B82E7AC" w14:textId="77777777" w:rsidR="004B2190" w:rsidRDefault="004B2190" w:rsidP="00114F82">
+    <w:p w14:paraId="1DA1BC9F" w14:textId="77777777" w:rsidR="00726A3E" w:rsidRDefault="00726A3E" w:rsidP="00114F82">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1FB46CF8" w14:textId="77777777" w:rsidR="004B2190" w:rsidRDefault="004B2190"/>
+    <w:p w14:paraId="5749AD7F" w14:textId="77777777" w:rsidR="00726A3E" w:rsidRDefault="00726A3E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -11615,65 +11516,65 @@
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3058F9B6" w14:textId="77777777" w:rsidR="00522886" w:rsidRDefault="00522886">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54116A28" w14:textId="77777777" w:rsidR="004B2190" w:rsidRDefault="004B2190" w:rsidP="00114F82">
+    <w:p w14:paraId="243468CE" w14:textId="77777777" w:rsidR="00726A3E" w:rsidRDefault="00726A3E" w:rsidP="00114F82">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3102D3E6" w14:textId="77777777" w:rsidR="004B2190" w:rsidRDefault="004B2190" w:rsidP="00114F82">
+    <w:p w14:paraId="2C85A730" w14:textId="77777777" w:rsidR="00726A3E" w:rsidRDefault="00726A3E" w:rsidP="00114F82">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7E11FAB7" w14:textId="77777777" w:rsidR="004B2190" w:rsidRDefault="004B2190"/>
+    <w:p w14:paraId="208DE965" w14:textId="77777777" w:rsidR="00726A3E" w:rsidRDefault="00726A3E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7CAACC49" w14:textId="77777777" w:rsidR="00522886" w:rsidRDefault="00522886">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03620261"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E1483BB6"/>
     <w:lvl w:ilvl="0" w:tplc="DBFAC890">
       <w:start w:val="13"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
@@ -14172,50 +14073,51 @@
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00960247"/>
     <w:rsid w:val="00017145"/>
     <w:rsid w:val="000206F8"/>
     <w:rsid w:val="00024875"/>
+    <w:rsid w:val="00030569"/>
     <w:rsid w:val="0003190C"/>
     <w:rsid w:val="00031EAC"/>
     <w:rsid w:val="000474E3"/>
     <w:rsid w:val="00054B44"/>
     <w:rsid w:val="00062C25"/>
     <w:rsid w:val="00076200"/>
     <w:rsid w:val="00077256"/>
     <w:rsid w:val="00083C96"/>
     <w:rsid w:val="0009560B"/>
     <w:rsid w:val="000A4A2E"/>
     <w:rsid w:val="000A5B7E"/>
     <w:rsid w:val="000A7D31"/>
     <w:rsid w:val="000B541B"/>
     <w:rsid w:val="000B57A1"/>
     <w:rsid w:val="000C14B9"/>
     <w:rsid w:val="000C162A"/>
     <w:rsid w:val="000C19E2"/>
     <w:rsid w:val="000D3D33"/>
     <w:rsid w:val="000D688E"/>
     <w:rsid w:val="000E4CD0"/>
     <w:rsid w:val="000E646D"/>
     <w:rsid w:val="000E72A3"/>
     <w:rsid w:val="00110568"/>
     <w:rsid w:val="001111B6"/>
     <w:rsid w:val="00114F82"/>
@@ -14229,142 +14131,146 @@
     <w:rsid w:val="001650D2"/>
     <w:rsid w:val="001703B7"/>
     <w:rsid w:val="00175C4B"/>
     <w:rsid w:val="001C5C42"/>
     <w:rsid w:val="001D5FD4"/>
     <w:rsid w:val="001E21A4"/>
     <w:rsid w:val="001E2B82"/>
     <w:rsid w:val="001E58DE"/>
     <w:rsid w:val="001E77A9"/>
     <w:rsid w:val="002043A2"/>
     <w:rsid w:val="0021010D"/>
     <w:rsid w:val="0021184B"/>
     <w:rsid w:val="00212818"/>
     <w:rsid w:val="0022052B"/>
     <w:rsid w:val="00220658"/>
     <w:rsid w:val="0023240B"/>
     <w:rsid w:val="0023485D"/>
     <w:rsid w:val="0023795D"/>
     <w:rsid w:val="002449D7"/>
     <w:rsid w:val="00256F70"/>
     <w:rsid w:val="00257B00"/>
     <w:rsid w:val="0026147D"/>
     <w:rsid w:val="00265B01"/>
     <w:rsid w:val="002748FC"/>
     <w:rsid w:val="0028448D"/>
+    <w:rsid w:val="00296FFA"/>
     <w:rsid w:val="002B4FC0"/>
     <w:rsid w:val="002C3B23"/>
     <w:rsid w:val="002E0E1E"/>
     <w:rsid w:val="002F3C01"/>
     <w:rsid w:val="002F409A"/>
     <w:rsid w:val="00302A7C"/>
     <w:rsid w:val="00302B51"/>
     <w:rsid w:val="0030344F"/>
     <w:rsid w:val="003179E9"/>
     <w:rsid w:val="00317B67"/>
     <w:rsid w:val="00322692"/>
     <w:rsid w:val="0033234C"/>
     <w:rsid w:val="00351521"/>
     <w:rsid w:val="003606BB"/>
     <w:rsid w:val="00367460"/>
     <w:rsid w:val="00387CDD"/>
     <w:rsid w:val="00391D95"/>
     <w:rsid w:val="00397394"/>
     <w:rsid w:val="003A59F2"/>
     <w:rsid w:val="003B7586"/>
     <w:rsid w:val="003C1082"/>
     <w:rsid w:val="003C14EB"/>
     <w:rsid w:val="003D1718"/>
     <w:rsid w:val="003D2D91"/>
     <w:rsid w:val="003D7135"/>
     <w:rsid w:val="003E7CE3"/>
     <w:rsid w:val="003F2233"/>
     <w:rsid w:val="003F5C92"/>
     <w:rsid w:val="003F649B"/>
     <w:rsid w:val="0040070B"/>
     <w:rsid w:val="00403ED9"/>
     <w:rsid w:val="0040687D"/>
+    <w:rsid w:val="0041587B"/>
     <w:rsid w:val="004305DC"/>
     <w:rsid w:val="004313EC"/>
     <w:rsid w:val="00433B51"/>
     <w:rsid w:val="00441E3B"/>
     <w:rsid w:val="00444A48"/>
     <w:rsid w:val="0046239D"/>
     <w:rsid w:val="00474FF3"/>
     <w:rsid w:val="00491C6A"/>
     <w:rsid w:val="004979B2"/>
     <w:rsid w:val="004A24EA"/>
     <w:rsid w:val="004A6E4B"/>
     <w:rsid w:val="004B2190"/>
     <w:rsid w:val="004B6F95"/>
     <w:rsid w:val="004C47C0"/>
     <w:rsid w:val="004E031A"/>
     <w:rsid w:val="004E6FEF"/>
     <w:rsid w:val="004F65CD"/>
     <w:rsid w:val="0051739C"/>
     <w:rsid w:val="00522886"/>
     <w:rsid w:val="00527E74"/>
     <w:rsid w:val="00537358"/>
     <w:rsid w:val="00552597"/>
     <w:rsid w:val="00555569"/>
     <w:rsid w:val="00571C71"/>
     <w:rsid w:val="00577915"/>
     <w:rsid w:val="005A4222"/>
+    <w:rsid w:val="005A6C18"/>
     <w:rsid w:val="005B2829"/>
     <w:rsid w:val="005B5DD5"/>
     <w:rsid w:val="005C1A88"/>
     <w:rsid w:val="005C3A7B"/>
     <w:rsid w:val="005C5F49"/>
     <w:rsid w:val="005F298D"/>
     <w:rsid w:val="005F29C4"/>
     <w:rsid w:val="005F2DFB"/>
     <w:rsid w:val="005F42C1"/>
     <w:rsid w:val="0061081F"/>
     <w:rsid w:val="0061695D"/>
     <w:rsid w:val="00622544"/>
     <w:rsid w:val="00627858"/>
     <w:rsid w:val="00633971"/>
     <w:rsid w:val="00633C6B"/>
     <w:rsid w:val="00636229"/>
     <w:rsid w:val="006408AB"/>
     <w:rsid w:val="006568D1"/>
     <w:rsid w:val="00661F0C"/>
     <w:rsid w:val="00664874"/>
     <w:rsid w:val="00666788"/>
     <w:rsid w:val="00666EA1"/>
     <w:rsid w:val="00677876"/>
     <w:rsid w:val="0068547B"/>
     <w:rsid w:val="0069028A"/>
     <w:rsid w:val="006A2666"/>
     <w:rsid w:val="006D157F"/>
     <w:rsid w:val="006D2A49"/>
     <w:rsid w:val="006D47A7"/>
     <w:rsid w:val="006F7827"/>
     <w:rsid w:val="007016B6"/>
     <w:rsid w:val="0070217D"/>
     <w:rsid w:val="00706395"/>
     <w:rsid w:val="00715A33"/>
+    <w:rsid w:val="00726A3E"/>
     <w:rsid w:val="00743D22"/>
     <w:rsid w:val="00743DF7"/>
     <w:rsid w:val="00762B0B"/>
     <w:rsid w:val="007A16BE"/>
     <w:rsid w:val="007A1D03"/>
     <w:rsid w:val="007A2190"/>
     <w:rsid w:val="007A2C26"/>
     <w:rsid w:val="007B4BCC"/>
     <w:rsid w:val="007C2316"/>
     <w:rsid w:val="007C2CCB"/>
     <w:rsid w:val="007C57B3"/>
     <w:rsid w:val="007C6EE6"/>
     <w:rsid w:val="007D233A"/>
     <w:rsid w:val="007D2FE3"/>
     <w:rsid w:val="007D4BB4"/>
     <w:rsid w:val="007E4069"/>
     <w:rsid w:val="00811BE8"/>
     <w:rsid w:val="00816A0C"/>
     <w:rsid w:val="00816D43"/>
     <w:rsid w:val="00817FF1"/>
     <w:rsid w:val="00827CBF"/>
     <w:rsid w:val="00831A30"/>
     <w:rsid w:val="008342D9"/>
     <w:rsid w:val="00850157"/>
     <w:rsid w:val="008508F0"/>
@@ -14488,72 +14394,75 @@
     <w:rsid w:val="00CD095B"/>
     <w:rsid w:val="00CD3749"/>
     <w:rsid w:val="00CD5398"/>
     <w:rsid w:val="00CE01A7"/>
     <w:rsid w:val="00CE63C6"/>
     <w:rsid w:val="00D0005B"/>
     <w:rsid w:val="00D01E10"/>
     <w:rsid w:val="00D02FFF"/>
     <w:rsid w:val="00D0659A"/>
     <w:rsid w:val="00D07023"/>
     <w:rsid w:val="00D100AB"/>
     <w:rsid w:val="00D12C24"/>
     <w:rsid w:val="00D141DF"/>
     <w:rsid w:val="00D211C7"/>
     <w:rsid w:val="00D22B3D"/>
     <w:rsid w:val="00D33DA6"/>
     <w:rsid w:val="00D37998"/>
     <w:rsid w:val="00D41DAF"/>
     <w:rsid w:val="00D4583F"/>
     <w:rsid w:val="00D47437"/>
     <w:rsid w:val="00D52DE8"/>
     <w:rsid w:val="00D54963"/>
     <w:rsid w:val="00D56228"/>
     <w:rsid w:val="00D5756B"/>
     <w:rsid w:val="00D709C4"/>
+    <w:rsid w:val="00D71B90"/>
     <w:rsid w:val="00D73F62"/>
     <w:rsid w:val="00D77FD7"/>
     <w:rsid w:val="00D80006"/>
     <w:rsid w:val="00D839E5"/>
     <w:rsid w:val="00DB2A4F"/>
     <w:rsid w:val="00DB6A81"/>
     <w:rsid w:val="00DB6DDA"/>
+    <w:rsid w:val="00DC3251"/>
     <w:rsid w:val="00DD7CAF"/>
     <w:rsid w:val="00DE6EB1"/>
     <w:rsid w:val="00DF41FE"/>
     <w:rsid w:val="00DF6B62"/>
     <w:rsid w:val="00E02C41"/>
     <w:rsid w:val="00E10988"/>
     <w:rsid w:val="00E15D75"/>
     <w:rsid w:val="00E172EB"/>
     <w:rsid w:val="00E204E5"/>
     <w:rsid w:val="00E2759E"/>
     <w:rsid w:val="00E32DD3"/>
     <w:rsid w:val="00E414CF"/>
     <w:rsid w:val="00E47928"/>
     <w:rsid w:val="00E62E9F"/>
     <w:rsid w:val="00E73478"/>
+    <w:rsid w:val="00E7774C"/>
     <w:rsid w:val="00E80299"/>
     <w:rsid w:val="00E85761"/>
     <w:rsid w:val="00E87D57"/>
     <w:rsid w:val="00EA6D3D"/>
     <w:rsid w:val="00EB569B"/>
     <w:rsid w:val="00EB5CE1"/>
     <w:rsid w:val="00EF048B"/>
     <w:rsid w:val="00EF5348"/>
     <w:rsid w:val="00F05811"/>
     <w:rsid w:val="00F103EE"/>
     <w:rsid w:val="00F162A6"/>
     <w:rsid w:val="00F21ABC"/>
     <w:rsid w:val="00F2223B"/>
     <w:rsid w:val="00F27A90"/>
     <w:rsid w:val="00F34657"/>
     <w:rsid w:val="00F52FC4"/>
     <w:rsid w:val="00F55E8D"/>
     <w:rsid w:val="00F72EFD"/>
     <w:rsid w:val="00F83CEB"/>
     <w:rsid w:val="00F87EBF"/>
     <w:rsid w:val="00F913AE"/>
     <w:rsid w:val="00F95033"/>
     <w:rsid w:val="00FB17FC"/>
     <w:rsid w:val="00FB26BA"/>
     <w:rsid w:val="00FB4E53"/>
@@ -15729,82 +15638,82 @@
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E026A2CE-4C2F-4EA0-AD26-57F88CB38651}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="44a17bff-8982-483a-9b68-d9acf7b64313"/>
     <ds:schemaRef ds:uri="4b7e3d45-01d2-46b0-b829-e141f630025c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2715</Words>
-  <Characters>14938</Characters>
+  <Words>2662</Words>
+  <Characters>14646</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>35</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>122</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Titel</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17618</CharactersWithSpaces>
+  <CharactersWithSpaces>17274</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Richard Meijer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_d347b247-e90e-43a3-9d7b-004f14ae6873_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d347b247-e90e-43a3-9d7b-004f14ae6873_SetDate">
     <vt:lpwstr>2023-10-17T08:39:03Z</vt:lpwstr>
   </property>